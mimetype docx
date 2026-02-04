--- v0 (2025-12-15)
+++ v1 (2026-02-04)
@@ -1,1235 +1,2012 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:background w:color="FFFFFF"/>
   <w:body>
-    <w:p w14:paraId="2BD766E9" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00070D76" w:rsidP="002963BC" w:rsidRDefault="002B3F55" w14:paraId="10701AF5" w14:textId="08B6E192">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="_GoBack" w:id="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>FORMULARIO PARA LA SOLICITUD DE EQUIPO ERGONÓMICO (ESPECIAL) SEGÚN PROCEDIMIENTO INSTITUCIONAL DE ERGONOMÍA (PARA PERSONAS CON PADECIMIENTOS DIGNOSTICADOS O CONDICIONES PARTICULARES)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0193B557" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="37C6F176" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AA08307" w14:textId="0A714165" w:rsidR="00166934" w:rsidRDefault="000C4D20">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="662A0824" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="758749D5" w14:textId="77777777">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                    Fecha___/____/_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="62285AC6" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="412F5B6F" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="50D394AE" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> DIGNOSTICADOS O CONDICIONES PARTICULARES</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Oficina</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ACF74C5" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="5FFBAB81" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Subproceso Salud Ocupacional</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="23BF64A6" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="54EF5AF7" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Dirección de Gestion Humana</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0085038C" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="7D818D2B" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09E5B56B" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="6E11A9D9" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C6D7166" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="000C4D20">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="36ADD428" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...2 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="45B0D2C8" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">                                                                                                                                                                    Fecha___/____/_____</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Estimados (as) Señores (as):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DA42123" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="2B930ABD" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C97EF57" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="430FC475" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="00000A"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BC5BC37" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="000C4D20">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="4EF0A780" w14:textId="6372885B">
+      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>Oficina</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Con fundamento en el Procedimiento Institucional de Ergonomía vigente para la entrega de equipo especial a personas con alguna dolencia diagnosticada o condición especial </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Sesión del Consejo Superior </w:t>
+      </w:r>
+      <w:r w:rsidR="002963BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>N°</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>4 -14, celebrada el 16 de enero de 2014, articulo II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Circular N° 25-2014),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> me permito presentar la gestión correspondiente, para lo cual se adjunta:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BD25B20" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="000C4D20">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="0156C207" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidP="1C59B7D8" w:rsidRDefault="002963BC" w14:paraId="785E48ED" w14:textId="72722027" w14:noSpellErr="1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1C59B7D8" w:rsidR="002963BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>( )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1C59B7D8" w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> El documento médico respectivo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidP="1C59B7D8" w:rsidRDefault="002B3F55" w14:paraId="5420A9C1" w14:textId="0FFD969F" w14:noSpellErr="1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1C59B7D8" w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1C59B7D8" w:rsidR="002963BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="1C59B7D8" w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1C59B7D8" w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> La certificación de discapacidad correspondiente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidP="1C59B7D8" w:rsidRDefault="002B3F55" w14:paraId="6D872A00" w14:textId="577A7594" w14:noSpellErr="1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="1C59B7D8" w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>( )</w:t>
+      </w:r>
+      <w:r w:rsidRPr="1C59B7D8" w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Datos antropométricos de talla (estatura en cm) y masa (peso en kg) para valoración por condición</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="75633743" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="7A4BE984" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="4D4A679C" w14:textId="7DD01A1F">
+      <w:pPr>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>Subproceso Salud Ocupacional</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por este medio se brinda también autorización y consentimiento para que mi gestión, expediente </w:t>
+      </w:r>
+      <w:r w:rsidR="002963BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>personal, documentación</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> médica y cualesquiera otros documentos relacionados, puedan ser conocidos y utilizados para la evaluación del riesgo ergonómico en mi puesto de trabajo y discusión entre los profesionales de salud ocupacional para la atención del caso.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FFECFF7" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="000C4D20">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="3A75B2D9" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="505B0D3E" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="5017D844" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>Dirección de Gestión Humana</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Esta gestión se realiza en el entendido y aceptación de que los fines del equipo que se llegue a entregar, no contemplan la curación del padecimiento o dolencia y que cualquier reagravación debe ser consultada de inmediato al personal médico tratante y seguir sus recomendaciones, de manera que bajo ningún caso se le podrá atribuir algún tipo de responsabilidad por mi estado de salud a la asignación del equipo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D7CFB70" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="3DD09340" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EC6E72F" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="002963BC" w:rsidRDefault="002B3F55" w14:paraId="39C8009D" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Por otra parte, asumo el compromiso expreso de comunicar al Subproceso de Salud Ocupacional cualquier traslado que se efectúe a otra oficina o Circuito Judicial, por motivo de reubicación, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">ascensos, nombramientos, nuevas oportunidades laborales, o cualquier otro que implique un cambio físico en mi ubicación laboral. Esta información se brindará de manera inmediata al Subproceso de Salud Ocupacional, sin restricción de la cantidad de veces que tenga que comunicar una nueva rotación, esto entendido como una responsabilidad directa hacia mi persona para que se me pueda ubicar fácilmente en caso de que se me vaya a entregar el equipo ergonómico. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4F9FB457" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="002963BC" w:rsidRDefault="002963BC" w14:paraId="604F00D9" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CD64546" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="000C4D20">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002963BC" w14:paraId="05ADE355" w14:textId="0AC61A49">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>Es</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Así mismo es mi responsabilidad una</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vez entregado el equipo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-        <w:t>timados Señores:</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> correspondiente al estudio realizado</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001B62BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utilizar todo el equipo asignado de forma correcta, para lo cual </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>proce</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>der</w:t>
+      </w:r>
+      <w:r w:rsidR="001B62BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a informar </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>a la oficina de Salud Ocupacional</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sobre lo anterior, con el fin de que se realice el ajuste </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>correcto del equipo</w:t>
+      </w:r>
+      <w:r w:rsidR="001B62BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> según mis necesidades, así como la inducción sobre el uso y cuidado de este</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="032C55D7" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="7AF6E8A0" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56E5D08D" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="6D473D88" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="497E9AF3" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="000C4D20">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="4DD40BC5" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="5AD46406" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="210E23C2" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Atentamente, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="367E7A55" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="2D27D2D7" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="6BD05247" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="31F15545" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="30188D0B" w14:textId="285FAD38">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Andalus" w:eastAsia="Andalus" w:hAnsi="Andalus" w:cs="Andalus"/>
-[...4 lines deleted...]
-        <w:t>(Sesión del Consejo Superior N° 4 -14, celebrada el 16 de enero de 2014, articulo II),</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre completo: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">  me permito presentar la gestión correspondiente, para lo cual se adjunta el documento medico respectivo.</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="190B3213" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="000F5DD9" w:rsidRDefault="000F5DD9" w14:paraId="7984F623" w14:textId="6B8A4E96">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D8CB58D" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="38E7A08F" w14:textId="4576B596">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>ú</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>mero de cedula: ______________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7A1DDA54" w14:textId="54A926F5" w:rsidR="00166934" w:rsidRDefault="000C4D20">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="29076551" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="000F5DD9" w14:paraId="1BC6A653" w14:textId="0B6BE682">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t>Por este medio se brinda también consentimiento informado para que mi gestión, expediente personal, médico y</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Puesto que ejerce</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3F55">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>: _____________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="2EE78616" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="030FBBDC" w14:textId="449B0DC4">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t>nados, puedan ser conocidos y utilizados para discusión interdisciplinaria en la resolución del</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Despacho en el que se </w:t>
+      </w:r>
+      <w:r w:rsidR="000F5DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>desempeña</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> caso.</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> actualmente: ________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>______</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="664DCF3C" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="0DA68D70" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5214216A" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="000E1C34" w:rsidRDefault="002B3F55" w14:paraId="4B0D8321" w14:textId="36C409F6">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Número</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de teléfono </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1C34">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>en los que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se le pueda localizar</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>, considerar un número personal en caso de que pueda movilizarse de despacho</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>: _____________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6952B992" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="000C4D20">
-[...1 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="exact"/>
+    <w:p w:rsidR="000F5DD9" w:rsidRDefault="000F5DD9" w14:paraId="715F468E" w14:textId="77777777">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000E1C34" w:rsidP="000E1C34" w:rsidRDefault="000E1C34" w14:paraId="131653F3" w14:textId="23776756">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Para efectos de cualquier comunicación o notificación necesaria, favor hacerla llegar por medio del siguiente correo electrónico: ___________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="000F5DD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="38259CE1" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="20F6D792" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="38B8C4DF" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="236567C5" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="40A912F8" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="314979A1" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="6ACBDE8B" w14:textId="77777777">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t>olencia y que cualquier reagravación debe ser consultada de inmediato al médico tratante y seguir sus recomendaciones, de manera que bajo ningún caso se le podrá atribuir algún tipo de responsabilidad a la asignación del equipo.</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-CR"/>
+        </w:rPr>
+        <w:t>Firma: __________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25A5FC9E" w14:textId="77777777" w:rsidR="00166934" w:rsidRDefault="00166934">
-[...491 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="0" w:footer="0" w:gutter="0"/>
+    <w:sectPr w:rsidR="00070D76">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:pgSz w:w="12240" w:h="15840" w:orient="portrait"/>
+      <w:pgMar w:top="2268" w:right="851" w:bottom="1134" w:left="851" w:header="624" w:footer="794" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
-      <w:docGrid w:linePitch="240" w:charSpace="-6145"/>
+      <w:docGrid w:linePitch="272" w:charSpace="16384"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00616945" w:rsidRDefault="00616945" w14:paraId="690A9FB2" w14:textId="77777777">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00616945" w:rsidRDefault="00616945" w14:paraId="4A9AAEB2" w14:textId="77777777">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-[...22 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Andalus">
-[...11 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="OpenSymbol">
+    <w:altName w:val="Arial Unicode MS"/>
+    <w:panose1 w:val="05010000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800000AF" w:usb1="1001ECEA" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Liberation Sans">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="Microsoft YaHei">
+    <w:panose1 w:val="020B0503020204020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Lucida Sans">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Book Antiqua">
+    <w:panose1 w:val="02040602050305030304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="4F223238" w14:textId="77777777">
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000080"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Página </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:instrText>PAGE</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="000080"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> de </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:instrText>NUMPAGES</w:instrText>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00070D76" w:rsidRDefault="00070D76" w14:paraId="6DED7691" w14:textId="77777777">
+    <w:pPr>
+      <w:rPr>
+        <w:color w:val="000080"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00616945" w:rsidRDefault="00616945" w14:paraId="4A9C98B3" w14:textId="77777777">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00616945" w:rsidRDefault="00616945" w14:paraId="75116CE7" w14:textId="77777777">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00070D76" w:rsidRDefault="002B3F55" w14:paraId="2C0105DC" w14:textId="77777777">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="3" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0133E332" wp14:editId="3E9FA0B3">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-521335</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-320040</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7400925" cy="962025"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1" name="Imagen 2"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Imagen 2"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7400925" cy="962025"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="es-CR" w:eastAsia="es-CR"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="22860" distR="4445" simplePos="0" relativeHeight="5" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CE4BAF7" wp14:editId="3DE53CB2">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-626110</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>8529320</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="7767955" cy="1132205"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapTight wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="-52" y="0"/>
+              <wp:lineTo x="-52" y="20774"/>
+              <wp:lineTo x="21600" y="20774"/>
+              <wp:lineTo x="21600" y="0"/>
+              <wp:lineTo x="-52" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapTight>
+          <wp:docPr id="2" name="Imagen 3"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Imagen 3"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7767955" cy="1132205"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37614919"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="1EB2EE68"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:pStyle w:val="Ttulo6"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="709"/>
+  <w:displayBackgroundShape/>
+  <w:embedSystemFonts/>
+  <w:trackRevisions w:val="false"/>
+  <w:defaultTabStop w:val="408"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
-[...1 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00166934"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00166934"/>
+    <w:rsidRoot w:val="00070D76"/>
+    <w:rsid w:val="00070D76"/>
+    <w:rsid w:val="000E1C34"/>
+    <w:rsid w:val="000F5DD9"/>
+    <w:rsid w:val="001B62BF"/>
+    <w:rsid w:val="002963BC"/>
+    <w:rsid w:val="002B3F55"/>
+    <w:rsid w:val="0038695A"/>
+    <w:rsid w:val="00616945"/>
+    <w:rsid w:val="00E042B9"/>
+    <w:rsid w:val="1C59B7D8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
+  <w:themeFontLang w:val="es-CR" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="378A14F1"/>
-  <w15:docId w15:val="{FA469ECE-ACEE-4720-9380-2C0C5E092840}"/>
+  <w14:docId w14:val="6D8314BE"/>
+  <w15:docId w15:val="{58D03F12-2795-499F-AD0F-8A535A3BD915}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Liberation Serif" w:eastAsia="SimSun" w:hAnsi="Liberation Serif" w:cs="Mangal"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-ES" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="es-CR" w:eastAsia="es-CR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-[...8 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="1" w:uiPriority="0" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 2" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 3" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 4" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 5" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 6" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 7" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 8" w:locked="1" w:uiPriority="0"/>
+    <w:lsdException w:name="toc 9" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:locked="1" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -1251,51 +2028,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1362,52 +2139,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -1474,440 +2251,3756 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
     </w:pPr>
-  </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
+    <w:rPr>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo6Car1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:ilvl w:val="5"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+      </w:tabs>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
+  <w:style w:type="table" w:styleId="Tablanormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
+  <w:style w:type="numbering" w:styleId="Sinlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Encabezado">
-    <w:name w:val="header"/>
+  <w:style w:type="character" w:styleId="Ttulo6Car1" w:customStyle="1">
+    <w:name w:val="Título 6 Car1"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D032C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z0" w:customStyle="1">
+    <w:name w:val="WW8Num1z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z1" w:customStyle="1">
+    <w:name w:val="WW8Num1z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z2" w:customStyle="1">
+    <w:name w:val="WW8Num1z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z3" w:customStyle="1">
+    <w:name w:val="WW8Num1z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z4" w:customStyle="1">
+    <w:name w:val="WW8Num1z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z5" w:customStyle="1">
+    <w:name w:val="WW8Num1z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z6" w:customStyle="1">
+    <w:name w:val="WW8Num1z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z7" w:customStyle="1">
+    <w:name w:val="WW8Num1z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num1z8" w:customStyle="1">
+    <w:name w:val="WW8Num1z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z0" w:customStyle="1">
+    <w:name w:val="WW8Num2z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z1" w:customStyle="1">
+    <w:name w:val="WW8Num2z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z2" w:customStyle="1">
+    <w:name w:val="WW8Num2z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z3" w:customStyle="1">
+    <w:name w:val="WW8Num2z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z4" w:customStyle="1">
+    <w:name w:val="WW8Num2z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z5" w:customStyle="1">
+    <w:name w:val="WW8Num2z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z6" w:customStyle="1">
+    <w:name w:val="WW8Num2z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z7" w:customStyle="1">
+    <w:name w:val="WW8Num2z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num2z8" w:customStyle="1">
+    <w:name w:val="WW8Num2z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z0" w:customStyle="1">
+    <w:name w:val="WW8Num3z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z0" w:customStyle="1">
+    <w:name w:val="WW8Num4z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z1" w:customStyle="1">
+    <w:name w:val="WW8Num4z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z2" w:customStyle="1">
+    <w:name w:val="WW8Num4z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z3" w:customStyle="1">
+    <w:name w:val="WW8Num4z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z4" w:customStyle="1">
+    <w:name w:val="WW8Num4z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z5" w:customStyle="1">
+    <w:name w:val="WW8Num4z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z6" w:customStyle="1">
+    <w:name w:val="WW8Num4z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z7" w:customStyle="1">
+    <w:name w:val="WW8Num4z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num4z8" w:customStyle="1">
+    <w:name w:val="WW8Num4z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z0" w:customStyle="1">
+    <w:name w:val="WW8Num5z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z1" w:customStyle="1">
+    <w:name w:val="WW8Num5z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z2" w:customStyle="1">
+    <w:name w:val="WW8Num5z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z3" w:customStyle="1">
+    <w:name w:val="WW8Num5z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z4" w:customStyle="1">
+    <w:name w:val="WW8Num5z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z5" w:customStyle="1">
+    <w:name w:val="WW8Num5z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z6" w:customStyle="1">
+    <w:name w:val="WW8Num5z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z7" w:customStyle="1">
+    <w:name w:val="WW8Num5z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num5z8" w:customStyle="1">
+    <w:name w:val="WW8Num5z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num6z0" w:customStyle="1">
+    <w:name w:val="WW8Num6z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num6z1" w:customStyle="1">
+    <w:name w:val="WW8Num6z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num6z2" w:customStyle="1">
+    <w:name w:val="WW8Num6z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num6z3" w:customStyle="1">
+    <w:name w:val="WW8Num6z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num6z4" w:customStyle="1">
+    <w:name w:val="WW8Num6z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num6z5" w:customStyle="1">
+    <w:name w:val="WW8Num6z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num6z6" w:customStyle="1">
+    <w:name w:val="WW8Num6z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num6z7" w:customStyle="1">
+    <w:name w:val="WW8Num6z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num6z8" w:customStyle="1">
+    <w:name w:val="WW8Num6z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num7z0" w:customStyle="1">
+    <w:name w:val="WW8Num7z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z0" w:customStyle="1">
+    <w:name w:val="WW8Num8z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z1" w:customStyle="1">
+    <w:name w:val="WW8Num8z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z2" w:customStyle="1">
+    <w:name w:val="WW8Num8z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z3" w:customStyle="1">
+    <w:name w:val="WW8Num8z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z4" w:customStyle="1">
+    <w:name w:val="WW8Num8z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z5" w:customStyle="1">
+    <w:name w:val="WW8Num8z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z6" w:customStyle="1">
+    <w:name w:val="WW8Num8z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z7" w:customStyle="1">
+    <w:name w:val="WW8Num8z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num8z8" w:customStyle="1">
+    <w:name w:val="WW8Num8z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num9z0" w:customStyle="1">
+    <w:name w:val="WW8Num9z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num9z1" w:customStyle="1">
+    <w:name w:val="WW8Num9z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num10z0" w:customStyle="1">
+    <w:name w:val="WW8Num10z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num10z1" w:customStyle="1">
+    <w:name w:val="WW8Num10z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num9z2" w:customStyle="1">
+    <w:name w:val="WW8Num9z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num9z3" w:customStyle="1">
+    <w:name w:val="WW8Num9z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num9z4" w:customStyle="1">
+    <w:name w:val="WW8Num9z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num9z5" w:customStyle="1">
+    <w:name w:val="WW8Num9z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num9z6" w:customStyle="1">
+    <w:name w:val="WW8Num9z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num9z7" w:customStyle="1">
+    <w:name w:val="WW8Num9z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num9z8" w:customStyle="1">
+    <w:name w:val="WW8Num9z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter9" w:customStyle="1">
+    <w:name w:val="Fuente de párrafo predeter.9"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z1" w:customStyle="1">
+    <w:name w:val="WW8Num3z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z2" w:customStyle="1">
+    <w:name w:val="WW8Num3z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z3" w:customStyle="1">
+    <w:name w:val="WW8Num3z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z4" w:customStyle="1">
+    <w:name w:val="WW8Num3z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z5" w:customStyle="1">
+    <w:name w:val="WW8Num3z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z6" w:customStyle="1">
+    <w:name w:val="WW8Num3z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z7" w:customStyle="1">
+    <w:name w:val="WW8Num3z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num3z8" w:customStyle="1">
+    <w:name w:val="WW8Num3z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num7z1" w:customStyle="1">
+    <w:name w:val="WW8Num7z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num7z2" w:customStyle="1">
+    <w:name w:val="WW8Num7z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num7z3" w:customStyle="1">
+    <w:name w:val="WW8Num7z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num7z4" w:customStyle="1">
+    <w:name w:val="WW8Num7z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num7z5" w:customStyle="1">
+    <w:name w:val="WW8Num7z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num7z6" w:customStyle="1">
+    <w:name w:val="WW8Num7z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num7z7" w:customStyle="1">
+    <w:name w:val="WW8Num7z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num7z8" w:customStyle="1">
+    <w:name w:val="WW8Num7z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num10z2" w:customStyle="1">
+    <w:name w:val="WW8Num10z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num10z3" w:customStyle="1">
+    <w:name w:val="WW8Num10z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num10z4" w:customStyle="1">
+    <w:name w:val="WW8Num10z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num10z5" w:customStyle="1">
+    <w:name w:val="WW8Num10z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num10z6" w:customStyle="1">
+    <w:name w:val="WW8Num10z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num10z7" w:customStyle="1">
+    <w:name w:val="WW8Num10z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num10z8" w:customStyle="1">
+    <w:name w:val="WW8Num10z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num11z0" w:customStyle="1">
+    <w:name w:val="WW8Num11z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num11z1" w:customStyle="1">
+    <w:name w:val="WW8Num11z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num11z2" w:customStyle="1">
+    <w:name w:val="WW8Num11z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num11z3" w:customStyle="1">
+    <w:name w:val="WW8Num11z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num11z4" w:customStyle="1">
+    <w:name w:val="WW8Num11z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num11z5" w:customStyle="1">
+    <w:name w:val="WW8Num11z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num11z6" w:customStyle="1">
+    <w:name w:val="WW8Num11z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num11z7" w:customStyle="1">
+    <w:name w:val="WW8Num11z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num11z8" w:customStyle="1">
+    <w:name w:val="WW8Num11z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num12z0" w:customStyle="1">
+    <w:name w:val="WW8Num12z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num12z1" w:customStyle="1">
+    <w:name w:val="WW8Num12z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num12z2" w:customStyle="1">
+    <w:name w:val="WW8Num12z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num12z3" w:customStyle="1">
+    <w:name w:val="WW8Num12z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num12z4" w:customStyle="1">
+    <w:name w:val="WW8Num12z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num12z5" w:customStyle="1">
+    <w:name w:val="WW8Num12z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num12z6" w:customStyle="1">
+    <w:name w:val="WW8Num12z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num12z7" w:customStyle="1">
+    <w:name w:val="WW8Num12z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num12z8" w:customStyle="1">
+    <w:name w:val="WW8Num12z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num13z0" w:customStyle="1">
+    <w:name w:val="WW8Num13z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num13z1" w:customStyle="1">
+    <w:name w:val="WW8Num13z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num13z2" w:customStyle="1">
+    <w:name w:val="WW8Num13z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num13z3" w:customStyle="1">
+    <w:name w:val="WW8Num13z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num13z4" w:customStyle="1">
+    <w:name w:val="WW8Num13z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num13z5" w:customStyle="1">
+    <w:name w:val="WW8Num13z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num13z6" w:customStyle="1">
+    <w:name w:val="WW8Num13z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num13z7" w:customStyle="1">
+    <w:name w:val="WW8Num13z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num13z8" w:customStyle="1">
+    <w:name w:val="WW8Num13z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num14z0" w:customStyle="1">
+    <w:name w:val="WW8Num14z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-CR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num14z1" w:customStyle="1">
+    <w:name w:val="WW8Num14z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num14z2" w:customStyle="1">
+    <w:name w:val="WW8Num14z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num14z3" w:customStyle="1">
+    <w:name w:val="WW8Num14z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num14z4" w:customStyle="1">
+    <w:name w:val="WW8Num14z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num14z5" w:customStyle="1">
+    <w:name w:val="WW8Num14z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num14z6" w:customStyle="1">
+    <w:name w:val="WW8Num14z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num14z7" w:customStyle="1">
+    <w:name w:val="WW8Num14z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num14z8" w:customStyle="1">
+    <w:name w:val="WW8Num14z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num15z0" w:customStyle="1">
+    <w:name w:val="WW8Num15z0"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num15z1" w:customStyle="1">
+    <w:name w:val="WW8Num15z1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num15z2" w:customStyle="1">
+    <w:name w:val="WW8Num15z2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num15z3" w:customStyle="1">
+    <w:name w:val="WW8Num15z3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num15z4" w:customStyle="1">
+    <w:name w:val="WW8Num15z4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num15z5" w:customStyle="1">
+    <w:name w:val="WW8Num15z5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num15z6" w:customStyle="1">
+    <w:name w:val="WW8Num15z6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num15z7" w:customStyle="1">
+    <w:name w:val="WW8Num15z7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW8Num15z8" w:customStyle="1">
+    <w:name w:val="WW8Num15z8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter8" w:customStyle="1">
+    <w:name w:val="Fuente de párrafo predeter.8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Ttulo6Car" w:customStyle="1">
+    <w:name w:val="Título 6 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter7" w:customStyle="1">
+    <w:name w:val="Fuente de párrafo predeter.7"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Absatz-Standardschriftart" w:customStyle="1">
+    <w:name w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart11"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter6" w:customStyle="1">
+    <w:name w:val="Fuente de párrafo predeter.6"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart111"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter5" w:customStyle="1">
+    <w:name w:val="Fuente de párrafo predeter.5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart1111"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart11111"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter4" w:customStyle="1">
+    <w:name w:val="Fuente de párrafo predeter.4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart111111"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter3" w:customStyle="1">
+    <w:name w:val="Fuente de párrafo predeter.3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter2" w:customStyle="1">
+    <w:name w:val="Fuente de párrafo predeter.2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart111111111" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart111111111"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart1111111111" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart1111111111"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Absatz-Standardschriftart11111111111" w:customStyle="1">
+    <w:name w:val="WW-Absatz-Standardschriftart11111111111"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Fuentedeprrafopredeter1" w:customStyle="1">
+    <w:name w:val="Fuente de párrafo predeter.1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="EnlacedeInternet" w:customStyle="1">
+    <w:name w:val="Enlace de Internet"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter8"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nmerodepgina">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="CarCar" w:customStyle="1">
+    <w:name w:val="Car Car"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="es-ES_tradnl"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caracteresdenotaalpie" w:customStyle="1">
+    <w:name w:val="Caracteres de nota al pie"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter4"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaalpie1" w:customStyle="1">
+    <w:name w:val="Ref. de nota al pie1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Caracteresdenotafinal" w:customStyle="1">
+    <w:name w:val="Caracteres de nota final"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="WW-Caracteresdenotafinal" w:customStyle="1">
+    <w:name w:val="WW-Caracteres de nota final"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaalfinal1" w:customStyle="1">
+    <w:name w:val="Ref. de nota al final1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PiedepginaCar" w:customStyle="1">
+    <w:name w:val="Pie de página Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter5"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:lang w:val="es-ES_tradnl"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaalpie2" w:customStyle="1">
+    <w:name w:val="Ref. de nota al pie2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaalfinal2" w:customStyle="1">
+    <w:name w:val="Ref. de nota al final2"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaalpie3" w:customStyle="1">
+    <w:name w:val="Ref. de nota al pie3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaalfinal3" w:customStyle="1">
+    <w:name w:val="Ref. de nota al final3"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Smbolosdenumeracin" w:customStyle="1">
+    <w:name w:val="Símbolos de numeración"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextoindependienteCar" w:customStyle="1">
+    <w:name w:val="Texto independiente Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EncabezadoCar" w:customStyle="1">
+    <w:name w:val="Encabezado Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PiedepginaCar1" w:customStyle="1">
+    <w:name w:val="Pie de página Car1"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextodegloboCar" w:customStyle="1">
+    <w:name w:val="Texto de globo Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:sz w:val="2"/>
+      <w:szCs w:val="2"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextonotapieCar" w:customStyle="1">
+    <w:name w:val="Texto nota pie Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter8"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Vietas" w:customStyle="1">
+    <w:name w:val="Viñetas"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextoindependienteCar1" w:customStyle="1">
+    <w:name w:val="Texto independiente Car1"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D032C2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EncabezadoCar1" w:customStyle="1">
+    <w:name w:val="Encabezado Car1"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Encabezado"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D032C2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PiedepginaCar2" w:customStyle="1">
+    <w:name w:val="Pie de página Car2"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Piedepgina"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D032C2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextodegloboCar1" w:customStyle="1">
+    <w:name w:val="Texto de globo Car1"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textodeglobo"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D032C2"/>
+    <w:rPr>
+      <w:sz w:val="2"/>
+      <w:szCs w:val="2"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextonotapieCar1" w:customStyle="1">
+    <w:name w:val="Texto nota pie Car1"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textonotapie"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00D032C2"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdecomentario">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF5442"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TextocomentarioCar" w:customStyle="1">
+    <w:name w:val="Texto comentario Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textocomentario"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00CF5442"/>
+    <w:rPr>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="AsuntodelcomentarioCar" w:customStyle="1">
+    <w:name w:val="Asunto del comentario Car"/>
+    <w:basedOn w:val="TextocomentarioCar"/>
+    <w:link w:val="Asuntodelcomentario"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00CF5442"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:lang w:val="es-ES_tradnl" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Destacado" w:customStyle="1">
+    <w:name w:val="Destacado"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:locked/>
+    <w:rsid w:val="00E75E4E"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel1" w:customStyle="1">
+    <w:name w:val="ListLabel 1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel2" w:customStyle="1">
+    <w:name w:val="ListLabel 2"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel3" w:customStyle="1">
+    <w:name w:val="ListLabel 3"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel4" w:customStyle="1">
+    <w:name w:val="ListLabel 4"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel5" w:customStyle="1">
+    <w:name w:val="ListLabel 5"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel6" w:customStyle="1">
+    <w:name w:val="ListLabel 6"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel7" w:customStyle="1">
+    <w:name w:val="ListLabel 7"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel8" w:customStyle="1">
+    <w:name w:val="ListLabel 8"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel9" w:customStyle="1">
+    <w:name w:val="ListLabel 9"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel10" w:customStyle="1">
+    <w:name w:val="ListLabel 10"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel11" w:customStyle="1">
+    <w:name w:val="ListLabel 11"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel12" w:customStyle="1">
+    <w:name w:val="ListLabel 12"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel13" w:customStyle="1">
+    <w:name w:val="ListLabel 13"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel14" w:customStyle="1">
+    <w:name w:val="ListLabel 14"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel15" w:customStyle="1">
+    <w:name w:val="ListLabel 15"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel16" w:customStyle="1">
+    <w:name w:val="ListLabel 16"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel17" w:customStyle="1">
+    <w:name w:val="ListLabel 17"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel18" w:customStyle="1">
+    <w:name w:val="ListLabel 18"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel19" w:customStyle="1">
+    <w:name w:val="ListLabel 19"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel20" w:customStyle="1">
+    <w:name w:val="ListLabel 20"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel21" w:customStyle="1">
+    <w:name w:val="ListLabel 21"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel22" w:customStyle="1">
+    <w:name w:val="ListLabel 22"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel23" w:customStyle="1">
+    <w:name w:val="ListLabel 23"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel24" w:customStyle="1">
+    <w:name w:val="ListLabel 24"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel25" w:customStyle="1">
+    <w:name w:val="ListLabel 25"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel26" w:customStyle="1">
+    <w:name w:val="ListLabel 26"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel27" w:customStyle="1">
+    <w:name w:val="ListLabel 27"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel28" w:customStyle="1">
+    <w:name w:val="ListLabel 28"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel29" w:customStyle="1">
+    <w:name w:val="ListLabel 29"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel30" w:customStyle="1">
+    <w:name w:val="ListLabel 30"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel31" w:customStyle="1">
+    <w:name w:val="ListLabel 31"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel32" w:customStyle="1">
+    <w:name w:val="ListLabel 32"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel33" w:customStyle="1">
+    <w:name w:val="ListLabel 33"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel34" w:customStyle="1">
+    <w:name w:val="ListLabel 34"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel35" w:customStyle="1">
+    <w:name w:val="ListLabel 35"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel36" w:customStyle="1">
+    <w:name w:val="ListLabel 36"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel37" w:customStyle="1">
+    <w:name w:val="ListLabel 37"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel38" w:customStyle="1">
+    <w:name w:val="ListLabel 38"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel39" w:customStyle="1">
+    <w:name w:val="ListLabel 39"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel40" w:customStyle="1">
+    <w:name w:val="ListLabel 40"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel41" w:customStyle="1">
+    <w:name w:val="ListLabel 41"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel42" w:customStyle="1">
+    <w:name w:val="ListLabel 42"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel43" w:customStyle="1">
+    <w:name w:val="ListLabel 43"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel44" w:customStyle="1">
+    <w:name w:val="ListLabel 44"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel45" w:customStyle="1">
+    <w:name w:val="ListLabel 45"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel46" w:customStyle="1">
+    <w:name w:val="ListLabel 46"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel47" w:customStyle="1">
+    <w:name w:val="ListLabel 47"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel48" w:customStyle="1">
+    <w:name w:val="ListLabel 48"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel49" w:customStyle="1">
+    <w:name w:val="ListLabel 49"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel50" w:customStyle="1">
+    <w:name w:val="ListLabel 50"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel51" w:customStyle="1">
+    <w:name w:val="ListLabel 51"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel52" w:customStyle="1">
+    <w:name w:val="ListLabel 52"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel53" w:customStyle="1">
+    <w:name w:val="ListLabel 53"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel54" w:customStyle="1">
+    <w:name w:val="ListLabel 54"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel55" w:customStyle="1">
+    <w:name w:val="ListLabel 55"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel56" w:customStyle="1">
+    <w:name w:val="ListLabel 56"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel57" w:customStyle="1">
+    <w:name w:val="ListLabel 57"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel58" w:customStyle="1">
+    <w:name w:val="ListLabel 58"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel59" w:customStyle="1">
+    <w:name w:val="ListLabel 59"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel60" w:customStyle="1">
+    <w:name w:val="ListLabel 60"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel61" w:customStyle="1">
+    <w:name w:val="ListLabel 61"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel62" w:customStyle="1">
+    <w:name w:val="ListLabel 62"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel63" w:customStyle="1">
+    <w:name w:val="ListLabel 63"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel64" w:customStyle="1">
+    <w:name w:val="ListLabel 64"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel65" w:customStyle="1">
+    <w:name w:val="ListLabel 65"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel66" w:customStyle="1">
+    <w:name w:val="ListLabel 66"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel67" w:customStyle="1">
+    <w:name w:val="ListLabel 67"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel68" w:customStyle="1">
+    <w:name w:val="ListLabel 68"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel69" w:customStyle="1">
+    <w:name w:val="ListLabel 69"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel70" w:customStyle="1">
+    <w:name w:val="ListLabel 70"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel71" w:customStyle="1">
+    <w:name w:val="ListLabel 71"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel72" w:customStyle="1">
+    <w:name w:val="ListLabel 72"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel73" w:customStyle="1">
+    <w:name w:val="ListLabel 73"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel74" w:customStyle="1">
+    <w:name w:val="ListLabel 74"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel75" w:customStyle="1">
+    <w:name w:val="ListLabel 75"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel76" w:customStyle="1">
+    <w:name w:val="ListLabel 76"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel77" w:customStyle="1">
+    <w:name w:val="ListLabel 77"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel78" w:customStyle="1">
+    <w:name w:val="ListLabel 78"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel79" w:customStyle="1">
+    <w:name w:val="ListLabel 79"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel80" w:customStyle="1">
+    <w:name w:val="ListLabel 80"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel81" w:customStyle="1">
+    <w:name w:val="ListLabel 81"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel82" w:customStyle="1">
+    <w:name w:val="ListLabel 82"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel83" w:customStyle="1">
+    <w:name w:val="ListLabel 83"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel84" w:customStyle="1">
+    <w:name w:val="ListLabel 84"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel85" w:customStyle="1">
+    <w:name w:val="ListLabel 85"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel86" w:customStyle="1">
+    <w:name w:val="ListLabel 86"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel87" w:customStyle="1">
+    <w:name w:val="ListLabel 87"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel88" w:customStyle="1">
+    <w:name w:val="ListLabel 88"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel89" w:customStyle="1">
+    <w:name w:val="ListLabel 89"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel90" w:customStyle="1">
+    <w:name w:val="ListLabel 90"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel91" w:customStyle="1">
+    <w:name w:val="ListLabel 91"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel92" w:customStyle="1">
+    <w:name w:val="ListLabel 92"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel93" w:customStyle="1">
+    <w:name w:val="ListLabel 93"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel94" w:customStyle="1">
+    <w:name w:val="ListLabel 94"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel95" w:customStyle="1">
+    <w:name w:val="ListLabel 95"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel96" w:customStyle="1">
+    <w:name w:val="ListLabel 96"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel97" w:customStyle="1">
+    <w:name w:val="ListLabel 97"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel98" w:customStyle="1">
+    <w:name w:val="ListLabel 98"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel99" w:customStyle="1">
+    <w:name w:val="ListLabel 99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel100" w:customStyle="1">
+    <w:name w:val="ListLabel 100"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel101" w:customStyle="1">
+    <w:name w:val="ListLabel 101"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel102" w:customStyle="1">
+    <w:name w:val="ListLabel 102"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel103" w:customStyle="1">
+    <w:name w:val="ListLabel 103"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel104" w:customStyle="1">
+    <w:name w:val="ListLabel 104"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel105" w:customStyle="1">
+    <w:name w:val="ListLabel 105"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel106" w:customStyle="1">
+    <w:name w:val="ListLabel 106"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel107" w:customStyle="1">
+    <w:name w:val="ListLabel 107"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel108" w:customStyle="1">
+    <w:name w:val="ListLabel 108"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel109" w:customStyle="1">
+    <w:name w:val="ListLabel 109"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel110" w:customStyle="1">
+    <w:name w:val="ListLabel 110"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel111" w:customStyle="1">
+    <w:name w:val="ListLabel 111"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel112" w:customStyle="1">
+    <w:name w:val="ListLabel 112"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel113" w:customStyle="1">
+    <w:name w:val="ListLabel 113"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel114" w:customStyle="1">
+    <w:name w:val="ListLabel 114"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel115" w:customStyle="1">
+    <w:name w:val="ListLabel 115"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel116" w:customStyle="1">
+    <w:name w:val="ListLabel 116"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel117" w:customStyle="1">
+    <w:name w:val="ListLabel 117"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="OpenSymbol"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel118" w:customStyle="1">
+    <w:name w:val="ListLabel 118"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel119" w:customStyle="1">
+    <w:name w:val="ListLabel 119"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel120" w:customStyle="1">
+    <w:name w:val="ListLabel 120"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel121" w:customStyle="1">
+    <w:name w:val="ListLabel 121"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel122" w:customStyle="1">
+    <w:name w:val="ListLabel 122"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel123" w:customStyle="1">
+    <w:name w:val="ListLabel 123"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel124" w:customStyle="1">
+    <w:name w:val="ListLabel 124"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel125" w:customStyle="1">
+    <w:name w:val="ListLabel 125"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel126" w:customStyle="1">
+    <w:name w:val="ListLabel 126"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel127" w:customStyle="1">
+    <w:name w:val="ListLabel 127"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel128" w:customStyle="1">
+    <w:name w:val="ListLabel 128"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel129" w:customStyle="1">
+    <w:name w:val="ListLabel 129"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel130" w:customStyle="1">
+    <w:name w:val="ListLabel 130"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel131" w:customStyle="1">
+    <w:name w:val="ListLabel 131"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel132" w:customStyle="1">
+    <w:name w:val="ListLabel 132"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel133" w:customStyle="1">
+    <w:name w:val="ListLabel 133"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel134" w:customStyle="1">
+    <w:name w:val="ListLabel 134"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel135" w:customStyle="1">
+    <w:name w:val="ListLabel 135"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel136" w:customStyle="1">
+    <w:name w:val="ListLabel 136"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel137" w:customStyle="1">
+    <w:name w:val="ListLabel 137"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel138" w:customStyle="1">
+    <w:name w:val="ListLabel 138"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Wingdings"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel139" w:customStyle="1">
+    <w:name w:val="ListLabel 139"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel140" w:customStyle="1">
+    <w:name w:val="ListLabel 140"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel141" w:customStyle="1">
+    <w:name w:val="ListLabel 141"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel142" w:customStyle="1">
+    <w:name w:val="ListLabel 142"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel143" w:customStyle="1">
+    <w:name w:val="ListLabel 143"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel144" w:customStyle="1">
+    <w:name w:val="ListLabel 144"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:cs="Symbol"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel145" w:customStyle="1">
+    <w:name w:val="ListLabel 145"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel146" w:customStyle="1">
+    <w:name w:val="ListLabel 146"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel147" w:customStyle="1">
+    <w:name w:val="ListLabel 147"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel148" w:customStyle="1">
+    <w:name w:val="ListLabel 148"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel149" w:customStyle="1">
+    <w:name w:val="ListLabel 149"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel150" w:customStyle="1">
+    <w:name w:val="ListLabel 150"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel151" w:customStyle="1">
+    <w:name w:val="ListLabel 151"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ListLabel152" w:customStyle="1">
+    <w:name w:val="ListLabel 152"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Cuerpodetexto"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Lucida Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cuerpodetexto">
-    <w:name w:val="Cuerpo de texto"/>
+  <w:style w:type="paragraph" w:styleId="Textoindependiente">
+    <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextoindependienteCar1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E46111"/>
     <w:pPr>
-      <w:spacing w:after="140" w:line="288" w:lineRule="auto"/>
+      <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lista">
     <w:name w:val="List"/>
-    <w:basedOn w:val="Cuerpodetexto"/>
-[...2 lines deleted...]
-    <w:name w:val="Pie"/>
+    <w:basedOn w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Descripcin">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-    </w:rPr>
-[...1 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ndice">
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ndice" w:customStyle="1">
     <w:name w:val="Índice"/>
     <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
     <w:pPr>
       <w:suppressLineNumbers/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado9" w:customStyle="1">
+    <w:name w:val="Encabezado9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado8" w:customStyle="1">
+    <w:name w:val="Encabezado8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Epgrafe2" w:customStyle="1">
+    <w:name w:val="Epígrafe2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado7" w:customStyle="1">
+    <w:name w:val="Encabezado7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Liberation Sans" w:hAnsi="Liberation Sans" w:eastAsia="Microsoft YaHei" w:cs="Liberation Sans"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Epgrafe1" w:customStyle="1">
+    <w:name w:val="Epígrafe1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado6" w:customStyle="1">
+    <w:name w:val="Encabezado6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Etiqueta" w:customStyle="1">
+    <w:name w:val="Etiqueta"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado5" w:customStyle="1">
+    <w:name w:val="Encabezado5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado4" w:customStyle="1">
+    <w:name w:val="Encabezado4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado3" w:customStyle="1">
+    <w:name w:val="Encabezado3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado2" w:customStyle="1">
+    <w:name w:val="Encabezado2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado1" w:customStyle="1">
+    <w:name w:val="Encabezado1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Microsoft YaHei" w:cs="Arial"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Descripcin1" w:customStyle="1">
+    <w:name w:val="Descripción1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EncabezadoCar1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Piedepgina">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PiedepginaCar2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textodeglobo">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextodegloboCar1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CharChar" w:customStyle="1">
+    <w:name w:val="Char Char"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contenidodelmarco" w:customStyle="1">
+    <w:name w:val="Contenido del marco"/>
+    <w:basedOn w:val="Textoindependiente"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Contenidodelatabla" w:customStyle="1">
+    <w:name w:val="Contenido de la tabla"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezadodelatabla" w:customStyle="1">
+    <w:name w:val="Encabezado de la tabla"/>
+    <w:basedOn w:val="Contenidodelatabla"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Predeterminado" w:customStyle="1">
+    <w:name w:val="WW-Predeterminado"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Normal1" w:customStyle="1">
+    <w:name w:val="Normal1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-ES" w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="280" w:after="280"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EstiloArial11ptJustificado" w:customStyle="1">
+    <w:name w:val="Estilo Arial 11 pt Justificado"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Predeterminado1" w:customStyle="1">
+    <w:name w:val="WW-Predeterminado1"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Predeterminado12345678910111213141516171819202122232425" w:customStyle="1">
+    <w:name w:val="WW-Predeterminado12345678910111213141516171819202122232425"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="western" w:customStyle="1">
+    <w:name w:val="western"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="280" w:after="119" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="sdfootnote-western" w:customStyle="1">
+    <w:name w:val="sdfootnote-western"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="280" w:after="198" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="284" w:hanging="284"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:lang w:val="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textonotapie">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextonotapieCar1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E46111"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Car" w:customStyle="1">
+    <w:name w:val="Car"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:ind w:left="708"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Predeterminado" w:customStyle="1">
+    <w:name w:val="Predeterminado"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Encabezado10" w:customStyle="1">
+    <w:name w:val="Encabezado10"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sangra2detindependiente1" w:customStyle="1">
+    <w:name w:val="Sangría 2 de t. independiente1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:spacing w:before="280" w:after="280"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sangra2detindependiente2" w:customStyle="1">
+    <w:name w:val="Sangría 2 de t. independiente2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E46111"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Textocomentario">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextocomentarioCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF5442"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Asuntodelcomentario">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="Textocomentario"/>
+    <w:next w:val="Textocomentario"/>
+    <w:link w:val="AsuntodelcomentarioCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF5442"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="WW-Predeterminado1234567891011121314151617181920212223242526272" w:customStyle="1">
+    <w:name w:val="WW-Predeterminado1234567891011121314151617181920212223242526272"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rsid w:val="00546AB9"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Default" w:customStyle="1">
+    <w:name w:val="Default"/>
+    <w:qFormat/>
+    <w:rsid w:val="00EE3F89"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tablaconcuadrcula">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="Tablanormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00CF5442"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E8F03ACF-B029-42B5-B179-0694F146C812}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...16 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...1 lines deleted...]
-  <cp:revision></cp:revision>
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:title>San José, 00 de abril de 2014</dc:title>
+  <dc:subject/>
+  <dc:creator>hcamacho</dc:creator>
+  <dc:description/>
+  <lastModifiedBy>Sharon Loria Cantillo</lastModifiedBy>
+  <revision>3</revision>
+  <lastPrinted>2017-02-21T20:19:00.0000000Z</lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:language>es-ES</dc:language>
-</cp:coreProperties>
+  <dc:language>es-CR</dc:language>
+</coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
+    <vt:lpwstr>16.0000</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
+    <vt:i4>0</vt:i4>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LinksUpToDate">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ScaleCrop">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ShareDoc">
+    <vt:bool>false</vt:bool>
+  </property>
+</Properties>
+</file>